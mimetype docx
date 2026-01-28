--- v0 (2025-10-19)
+++ v1 (2026-01-28)
@@ -1,661 +1,225 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6A5EC2D3" w14:textId="05F67495" w:rsidR="00C1629B" w:rsidRPr="00C1629B" w:rsidRDefault="00C1629B" w:rsidP="005F43C3">
+    <w:p w14:paraId="0F029D73" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219464265"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Staff</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C54FA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Template</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Exempt)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725EECB6" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004E7C50">
+          <w:color w:val="3498DB"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EABFB34" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
+          <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="16A19385" wp14:editId="04FAA313">
-[...498 lines deleted...]
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="460FB1D5" wp14:editId="6A0E6DEB">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="334CC9DC" wp14:editId="23E8DD5B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>300355</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4257675" cy="762000"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="217" name="Text Box 2"/>
+                <wp:docPr id="1981861458" name="Text Box 2">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2F61AF3E-F679-4EE4-92C4-C52A75E3D35D}"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4257675" cy="762000"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="3E2A21CA" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                          <w:p w14:paraId="2323886F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>A simple, general job title is best. Limit use of abbreviations.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="715F1207" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                          <w:p w14:paraId="2535D002" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Example: </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="674399F7" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                          <w:p w14:paraId="1C79B3B9" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:pStyle w:val="pf0"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf21"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Official job title</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -710,159 +274,163 @@
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Rptg</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="277689A6" w14:textId="68114451" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                          <w:p w14:paraId="03F06F44" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:spacing w:after="0"/>
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf21"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Change to</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> - Accounting &amp; Compliance</w:t>
                             </w:r>
-                            <w:r w:rsidR="00DB1823">
+                            <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> Manager</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:spAutoFit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>20000</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="460FB1D5" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:23.65pt;width:335.25pt;height:60pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCN5CXqFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJcmmNOEWXLsOA&#10;7gJ0+wBalmNhsqhJSuzs60cpbpJ12MswPwiiSR0eHpKru77V7CCdV2gKPhmNOZNGYKXMruDfvm7f&#10;3HDmA5gKNBpZ8KP0/G79+tWqs7mcYoO6ko4RiPF5ZwvehGDzLPOikS34EVppyFmjayGQ6XZZ5aAj&#10;9FZn0/F4kXXoKutQSO/p78PJydcJv66lCJ/r2svAdMGJW0inS2cZz2y9gnznwDZKDDTgH1i0oAwl&#10;PUM9QAC2d+oPqFYJhx7rMBLYZljXSshUA1UzGb+o5qkBK1MtJI63Z5n8/4MVnw5P9otjoX+LPTUw&#10;FeHtI4rvnhncNGB28t457BoJFSWeRMmyzvp8eBql9rmPIGX3EStqMuwDJqC+dm1UhepkhE4NOJ5F&#10;l31ggn7OpvPlYjnnTJBvuaCmpq5kkD+/ts6H9xJbFi8Fd9TUhA6HRx8iG8ifQ2Iyj1pVW6V1Mtyu&#10;3GjHDkADsE1fKuBFmDasK/jtfDo/CfBXCGJ3IfhbplYFmmSt2oLfnIMgj7K9M1WaswBKn+5EWZtB&#10;xyjdScTQlz1T1SBylLXE6kjCOjwNLi0aXRp0PznraGgL7n/swUnO9AdDzbmdzGZxypMxmy+nZLhr&#10;T3ntASMIquCBs9N1E9JmJN3sPTVxq5K+FyYDZRrGJPuwOHHar+0UdVnv9S8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC75j4e2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6QcWh&#10;NAGlcVCLxKknUno38ZJEjdfBNhD+vttTe5yd0czbYjPaXlzRh86RgsU8AYFUO9NRo+DwuXtagwhR&#10;k9G9I1RwxwCbcvJQ6Ny4G+3xWsVGcAmFXCtoYxxyKUPdotVh7gYk9k7OWx1Z+kYar29cbnv5nCSZ&#10;tLojXmj1gNsW6+/qYhVk52o5+/gyM9rfd+++tqnZHlKlHqfj2yuIiGP8C8MvPqNDyUxHdyETRK+A&#10;H4kKXlZLEOxmqyQFceRYxhdZFvI/f/kDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjeQl&#10;6hQCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;u+Y+HtsAAAAHAQAADwAAAAAAAAAAAAAAAABuBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+              <v:shapetype w14:anchorId="334CC9DC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                <v:stroke joinstyle="miter"/>
+                <v:path gradientshapeok="t" o:connecttype="rect"/>
+              </v:shapetype>
+              <v:shape id="Text Box 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:23.65pt;width:335.25pt;height:60pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:200;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:200;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAOLcuREQIAAB8EAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjgJcmmNOEWXLsOA&#10;7gJ0+wBZlmNhsqhRSuzs60fJaZJ12MswPwiiSR0eHpKru7417KDQa7AFn4zGnCkrodJ2V/BvX7dv&#10;bjjzQdhKGLCq4Efl+d369atV53I1hQZMpZARiPV55wrehODyLPOyUa3wI3DKkrMGbEUgE3dZhaIj&#10;9NZk0/F4kXWAlUOQynv6+zA4+Trh17WS4XNdexWYKThxC+nEdJbxzNYrke9QuEbLEw3xDyxaoS0l&#10;PUM9iCDYHvUfUK2WCB7qMJLQZlDXWqpUA1UzGb+o5qkRTqVaSBzvzjL5/wcrPx2e3BdkoX8LPTUw&#10;FeHdI8jvnlnYNMLu1D0idI0SFSWeRMmyzvn89DRK7XMfQcruI1TUZLEPkID6GtuoCtXJCJ0acDyL&#10;rvrAJP2cTefLxXLOmSTfckFNTV3JRP782qEP7xW0LF4KjtTUhC4Ojz5ENiJ/DonJPBhdbbUxycBd&#10;uTHIDoIGYJu+VMCLMGNZV/Db+XQ+CPBXCGJ3IfhbplYHmmSj24LfnINEHmV7Z6s0Z0FoM9yJsrEn&#10;HaN0g4ihL3sKjHqWUB1JUYRhYmnD6NIA/uSso2ktuP+xF6g4Mx8sdeV2MpvF8U7GbL6ckoHXnvLa&#10;I6wkqIIHzobrJqSVSIK5e+reVidhL0xOXGkKk96njYljfm2nqMter38BAAD//wMAUEsDBBQABgAI&#10;AAAAIQC75j4e2wAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BbsIwEETvlfgHa5F6QcWhNAGl&#10;cVCLxKknUno38ZJEjdfBNhD+vttTe5yd0czbYjPaXlzRh86RgsU8AYFUO9NRo+DwuXtagwhRk9G9&#10;I1RwxwCbcvJQ6Ny4G+3xWsVGcAmFXCtoYxxyKUPdotVh7gYk9k7OWx1Z+kYar29cbnv5nCSZtLoj&#10;Xmj1gNsW6+/qYhVk52o5+/gyM9rfd+++tqnZHlKlHqfj2yuIiGP8C8MvPqNDyUxHdyETRK+AH4kK&#10;XlZLEOxmqyQFceRYxhdZFvI/f/kDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADi3LkREC&#10;AAAfBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAu+Y+&#10;HtsAAAAHAQAADwAAAAAAAAAAAAAAAABrBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AHMFAAAAAA==&#10;">
                 <v:textbox style="mso-fit-shape-to-text:t">
                   <w:txbxContent>
-                    <w:p w14:paraId="3E2A21CA" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                    <w:p w14:paraId="2323886F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>A simple, general job title is best. Limit use of abbreviations.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="715F1207" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                    <w:p w14:paraId="2535D002" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Example: </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="674399F7" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                    <w:p w14:paraId="1C79B3B9" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:pStyle w:val="pf0"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf21"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Official job title</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -917,228 +485,223 @@
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Rptg</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="277689A6" w14:textId="68114451" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                    <w:p w14:paraId="03F06F44" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf21"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Change to</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> - Accounting &amp; Compliance</w:t>
                       </w:r>
-                      <w:r w:rsidR="00DB1823">
+                      <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> Manager</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="1CB3362E" w:rsidRPr="00311656">
+      <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Job Title </w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="40208122" w14:textId="78F538B5" w:rsidR="005F43C3" w:rsidRPr="00CA6AC0" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+        <w:t>Job Title (keep bolded)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D0C1BF" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00CA6AC0" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="3498DB"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="735F263E" w14:textId="1D12E559" w:rsidR="00CA6AC0" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+    <w:p w14:paraId="71A59DA4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3498DB"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="43D2FCF4" wp14:editId="3687F79D">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="0" wp14:anchorId="3780BD22" wp14:editId="60E4895B">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>307975</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="4297680" cy="2404872"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="14605"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="510483340" name="Text Box 2"/>
+                <wp:docPr id="627109738" name="Text Box 2">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EBCA990B-2E7A-4EFF-80D2-80C1503DB0FB}"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="4297680" cy="2404872"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="73558005" w14:textId="3CFD5EA4" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="00311656" w:rsidP="005F43C3">
+                          <w:p w14:paraId="435E2CBA" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Job overview</w:t>
                             </w:r>
-                            <w:r w:rsidR="005F43C3" w:rsidRPr="00201F53">
+                            <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>. This section should be engaging. What is exciting about the job/team? What is the goal of this position, and what kind of impact does this role have? How does this job tie into the mission/aims of BYU? </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="321D2BDD" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                          <w:p w14:paraId="0EE6BA0F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Example Job Overview:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="00201F53">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
@@ -1153,1925 +716,2893 @@
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>BYU is constantly conducting world-changing research, and now you can be a part of it! Whether it’s chemistry, engineering, archaeology, or any other area of study, you will help facilitate it. How will you do this? Because you love mining through data and identifying patterns/trends, you will help us identify bottlenecks in research progress, as well as identify leading researchers so they can be recognized, to name just a couple. We already have the software, and we’re happy to train you on it. This is a fantastic opportunity to help springboard you to higher levels of your career. We would love to talk with you more about how this role would fit into your career plans.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="43D2FCF4" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:24.25pt;width:338.4pt;height:189.35pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBNpe/uFQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940dy9kkVpzVNttU&#10;lbYHadsHwBjHqJihQGKnT98Be7Pp6aaqLxDjgX9mvhk2t0OnyElYJ0GXdD5LKRGaQy31oaRfPu9f&#10;rShxnumaKdCipGfh6O325YtNbwqRQQuqFpagiHZFb0raem+KJHG8FR1zMzBCo7MB2zGPpj0ktWU9&#10;qncqydL0JunB1sYCF87h3/vRSbdRv2kE9x+bxglPVEkxNx9XG9cqrMl2w4qDZaaVfEqD/UMWHZMa&#10;g16k7pln5Gjlb1Kd5BYcNH7GoUugaSQXsQasZp7+Us1jy4yItSAcZy6Y3P+T5R9Oj+aTJX54DQM2&#10;MBbhzAPwr45o2LVMH8SdtdC3gtUYeB6QJb1xxXQ1oHaFCyJV/x5qbDI7eohCQ2O7QAXrJKiODThf&#10;oIvBE44/82y9vFmhi6Mvy9N8tcxiDFY8XTfW+bcCOhI2JbXY1SjPTg/Oh3RY8XQkRHOgZL2XSkXD&#10;HqqdsuTEcAL28ZvUfzqmNOlLul5ki5HAXyXS+P1JopMeR1nJrqSryyFWBG5vdB0HzTOpxj2mrPQE&#10;MrAbKfqhGoiskUMIELhWUJ+RrIVxcvGl4aYF+52SHqe2pO7bkVlBiXqnsTvreZ6HMY9GvlhmaNhr&#10;T3XtYZqjVEk9JeN25+PTCNw03GEXGxn5PmcypYzTGLFPLyeM+7UdTz2/7+0PAAAA//8DAFBLAwQU&#10;AAYACAAAACEATkoEwd0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXBB1&#10;CCUJIU6FkEBwg7aCqxtvk4h4HWw3DX/PcoLj7Kxm3lSr2Q5iQh96RwquFgkIpMaZnloF283jZQEi&#10;RE1GD45QwTcGWNWnJ5UujTvSG07r2AoOoVBqBV2MYyllaDq0OizciMTe3nmrI0vfSuP1kcPtINMk&#10;yaTVPXFDp0d86LD5XB+sgmL5PH2El+vX9ybbD7fxIp+evrxS52fz/R2IiHP8e4ZffEaHmpl27kAm&#10;iEEBD4kKlsUNCHazPOMhOz6keQqyruR//voHAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;TaXv7hUCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEATkoEwd0AAAAHAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" o:allowoverlap="f">
+              <v:shape w14:anchorId="3780BD22" id="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:24.25pt;width:338.4pt;height:189.35pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB6ey0vEwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk9uO2yAQhu8r9R0Q940dy9kkVpzVNttU&#10;lbYHadsHwBjHqJihQGKnT98Be7Pp6aYqF4hh4Gfmm2FzO3SKnIR1EnRJ57OUEqE51FIfSvrl8/7V&#10;ihLnma6ZAi1KehaO3m5fvtj0phAZtKBqYQmKaFf0pqSt96ZIEsdb0TE3AyM0OhuwHfNo2kNSW9aj&#10;eqeSLE1vkh5sbSxw4Rzu3o9Ouo36TSO4/9g0TniiSoqx+TjbOFdhTrYbVhwsM63kUxjsH6LomNT4&#10;6EXqnnlGjlb+JtVJbsFB42ccugSaRnIRc8Bs5ukv2Ty2zIiYC8Jx5oLJ/T9Z/uH0aD5Z4ofXMGAB&#10;YxLOPAD/6oiGXcv0QdxZC30rWI0PzwOypDeumK4G1K5wQaTq30ONRWZHD1FoaGwXqGCeBNWxAOcL&#10;dDF4wnEzz9bLmxW6OPqyPM1Xyyy+wYqn68Y6/1ZAR8KipBarGuXZ6cH5EA4rno6E1xwoWe+lUtGw&#10;h2qnLDkx7IB9HJP6T8eUJn1J14tsMRL4q0Qax58kOumxlZXsSrq6HGJF4PZG17HRPJNqXGPISk8g&#10;A7uRoh+qgch6ohy4VlCfkayFsXPxp+GiBfudkh67tqTu25FZQYl6p7E663mehzaPRr5YZmjYa091&#10;7WGao1RJPSXjcufj1wjcNNxhFRsZ+T5HMoWM3RixTz8ntPu1HU89/+/tDwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAE5KBMHdAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFwQdQgl&#10;CSFOhZBAcIO2gqsbb5OIeB1sNw1/z3KC4+ysZt5Uq9kOYkIfekcKrhYJCKTGmZ5aBdvN42UBIkRN&#10;Rg+OUME3BljVpyeVLo070htO69gKDqFQagVdjGMpZWg6tDos3IjE3t55qyNL30rj9ZHD7SDTJMmk&#10;1T1xQ6dHfOiw+VwfrIJi+Tx9hJfr1/cm2w+38SKfnr68Uudn8/0diIhz/HuGX3xGh5qZdu5AJohB&#10;AQ+JCpbFDQh2szzjITs+pHkKsq7kf/76BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHp7&#10;LS8TAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AE5KBMHdAAAABwEAAA8AAAAAAAAAAAAAAAAAbQQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAAB3BQAAAAA=&#10;" o:allowoverlap="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="73558005" w14:textId="3CFD5EA4" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="00311656" w:rsidP="005F43C3">
+                    <w:p w14:paraId="435E2CBA" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Job overview</w:t>
                       </w:r>
-                      <w:r w:rsidR="005F43C3" w:rsidRPr="00201F53">
+                      <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>. This section should be engaging. What is exciting about the job/team? What is the goal of this position, and what kind of impact does this role have? How does this job tie into the mission/aims of BYU? </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="321D2BDD" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00201F53" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+                    <w:p w14:paraId="0EE6BA0F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00201F53" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Example Job Overview:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00201F53">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>BYU is constantly conducting world-changing research, and now you can be a part of it! Whether it’s chemistry, engineering, archaeology, or any other area of study, you will help facilitate it. How will you do this? Because you love mining through data and identifying patterns/trends, you will help us identify bottlenecks in research progress, as well as identify leading researchers so they can be recognized, to name just a couple. We already have the software, and we’re happy to train you on it. This is a fantastic opportunity to help springboard you to higher levels of your career. We would love to talk with you more about how this role would fit into your career plans.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00311656">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Enter job overview</w:t>
       </w:r>
-      <w:r w:rsidR="00201F53" w:rsidRPr="00311656">
+      <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...20 lines deleted...]
-    <w:p w14:paraId="657CAB81" w14:textId="7B844721" w:rsidR="005F43C3" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+        <w:t xml:space="preserve"> paragraph here... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="799D93F0" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19BD1166" w14:textId="54E54716" w:rsidR="005F43C3" w:rsidRDefault="004F1CEA" w:rsidP="00BB40F1">
+    <w:p w14:paraId="2D4145AA" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">What you’ll do in this </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="009579E6">
+        <w:t>What you’ll do in this position:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>position</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3CB2C4A5" w14:textId="1CE6ED5F" w:rsidR="00BB40F1" w:rsidRPr="00BB40F1" w:rsidRDefault="004E7C50" w:rsidP="00BB40F1">
+    <w:p w14:paraId="3C1A5EC1" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00BB40F1" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201F53">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1AC379A8" wp14:editId="622D204A">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3A765741" wp14:editId="68FE215E">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>123825</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="3221355" cy="561975"/>
                 <wp:effectExtent l="0" t="0" r="17145" b="28575"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="448995363" name="Text Box 2"/>
+                <wp:docPr id="280373977" name="Text Box 2">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AEF56E8B-3DF3-46BD-877E-BC33F67F529B}"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="3221355" cy="561975"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="1814A971" w14:textId="5A0D44CB" w:rsidR="00BB40F1" w:rsidRPr="0092795D" w:rsidRDefault="00BB40F1" w:rsidP="00BB40F1">
+                          <w:p w14:paraId="784C2689" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="0092795D" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:rPr>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">List the 5-10 </w:t>
+                              <w:t>List the 5-</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>6</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0092795D">
+                              <w:rPr>
+                                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                                <w:color w:val="FF0000"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>most important</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> and </w:t>
                             </w:r>
                             <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>impactful</w:t>
                             </w:r>
                             <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> functions/responsibilities. Do not simply copy and paste essential functions from your job description</w:t>
                             </w:r>
-                            <w:r w:rsidR="007174FD">
+                            <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1AC379A8" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:9.75pt;width:253.65pt;height:44.25pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCUbsVdFgIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7otjN24bI07Rpcsw&#10;oPsA2j2ALMuxMFnUJCV29vSjZDfNtu4yzAdBNKU/yR+p1c3QKXIQ1knQJU1nc0qE5lBLvSvp18ft&#10;m2tKnGe6Zgq0KOlROHqzfv1q1ZtCZNCCqoUlKKJd0ZuStt6bIkkcb0XH3AyM0OhswHbMo2l3SW1Z&#10;j+qdSrL5/DLpwdbGAhfO4d+70UnXUb9pBPefm8YJT1RJMTcfVxvXKqzJesWKnWWmlXxKg/1DFh2T&#10;GoOepO6YZ2Rv5R9SneQWHDR+xqFLoGkkF7EGrCad/1bNQ8uMiLUgHGdOmNz/k+WfDg/miyV+eAsD&#10;NjAW4cw98G+OaNi0TO/ErbXQt4LVGDgNyJLeuGK6GlC7wgWRqv8INTaZ7T1EoaGxXaCCdRJUxwYc&#10;T9DF4AnHnxdZll7kOSUcffllurzKYwhWPN021vn3AjoSNiW12NSozg73zodsWPF0JARzoGS9lUpF&#10;w+6qjbLkwHAAtvGb1H85pjTpS7rMs3wE8FeJefxekuikx0lWsivp9ekQKwK2d7qOc+aZVOMeU1Z6&#10;4hjQjRD9UA1E1sgkBAhYK6iPCNbCOLj40HDTgv1BSY9DW1L3fc+soER90NicZbpYhCmPxiK/ytCw&#10;557q3MM0R6mSekrG7cbHlxG4abjFJjYy8n3OZEoZhzFinx5OmPZzO556ft7rnwAAAP//AwBQSwME&#10;FAAGAAgAAAAhAC2ySo7dAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SFxQ&#10;a0Npm4Y4FUIC0Ru0CK5uvE0i7HWI3TT8PcsJjjOzmnlbrEfvxIB9bANpuJ4qEEhVsC3VGt52j5MM&#10;REyGrHGBUMM3RliX52eFyW040SsO21QLLqGYGw1NSl0uZawa9CZOQ4fE2SH03iSWfS1tb05c7p28&#10;UWohvWmJFxrT4UOD1ef26DVkt8/DR9zMXt6rxcGt0tVyePrqtb68GO/vQCQc098x/OIzOpTMtA9H&#10;slE4DfxIYnc1B8HpXC1nIPZsqEyBLAv5n7/8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AJRuxV0WAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAC2ySo7dAAAABwEAAA8AAAAAAAAAAAAAAAAAcAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;">
+              <v:shape w14:anchorId="3A765741" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:9.75pt;width:253.65pt;height:44.25pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBG2aurFQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L47duG2MOEWXLsOA&#10;7gdo9wCyLMfCZFGTlNjZ04+S3TTbusswHQRSpD6SH8nVzdApchDWSdAlTWdzSoTmUEu9K+nXx+2b&#10;a0qcZ7pmCrQo6VE4erN+/WrVm0Jk0IKqhSUIol3Rm5K23psiSRxvRcfcDIzQaGzAdsyjandJbVmP&#10;6J1Ksvn8MunB1sYCF87h691opOuI3zSC+89N44QnqqSYm4+3jXcV7mS9YsXOMtNKPqXB/iGLjkmN&#10;QU9Qd8wzsrfyD6hOcgsOGj/j0CXQNJKLWANWk85/q+ahZUbEWpAcZ040uf8Hyz8dHswXS/zwFgZs&#10;YCzCmXvg3xzRsGmZ3olba6FvBasxcBooS3rjiulroNoVLoBU/Ueoscls7yECDY3tAitYJ0F0bMDx&#10;RLoYPOH4eJFl6UWeU8LRll+my6s8hmDF029jnX8voCNBKKnFpkZ0drh3PmTDiieXEMyBkvVWKhUV&#10;u6s2ypIDwwHYxjOh/+KmNOlLusyzfCTgrxDzeF6C6KTHSVayK+n1yYkVgbZ3uo5z5plUo4wpKz3x&#10;GKgbSfRDNRBZlzQLAQKtFdRHJNbCOLi4aCi0YH9Q0uPQltR93zMrKFEfNDZnmS4WYcqjssivMlTs&#10;uaU6tzDNEaqknpJR3Pi4GYE3DbfYxEZGfp8zmVLGYYy0T4sTpv1cj17P673+CQAA//8DAFBLAwQU&#10;AAYACAAAACEALbJKjt0AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXFBr&#10;Q2mbhjgVQgLRG7QIrm68TSLsdYjdNPw9ywmOM7OaeVusR+/EgH1sA2m4nioQSFWwLdUa3naPkwxE&#10;TIascYFQwzdGWJfnZ4XJbTjRKw7bVAsuoZgbDU1KXS5lrBr0Jk5Dh8TZIfTeJJZ9LW1vTlzunbxR&#10;aiG9aYkXGtPhQ4PV5/boNWS3z8NH3Mxe3qvFwa3S1XJ4+uq1vrwY7+9AJBzT3zH84jM6lMy0D0ey&#10;UTgN/EhidzUHwelcLWcg9myoTIEsC/mfv/wBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;RtmrqxUCAAAmBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEALbJKjt0AAAAHAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="1814A971" w14:textId="5A0D44CB" w:rsidR="00BB40F1" w:rsidRPr="0092795D" w:rsidRDefault="00BB40F1" w:rsidP="00BB40F1">
+                    <w:p w14:paraId="784C2689" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="0092795D" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:rPr>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">List the 5-10 </w:t>
+                        <w:t>List the 5-</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>6</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0092795D">
+                        <w:rPr>
+                          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                          <w:color w:val="FF0000"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>most important</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> and </w:t>
                       </w:r>
                       <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>impactful</w:t>
                       </w:r>
                       <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> functions/responsibilities. Do not simply copy and paste essential functions from your job description</w:t>
                       </w:r>
-                      <w:r w:rsidR="007174FD">
+                      <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6ABE94CF" w14:textId="28068346" w:rsidR="00BB40F1" w:rsidRPr="00311656" w:rsidRDefault="00BB40F1" w:rsidP="004E7C50">
+    <w:p w14:paraId="5AB1DD57" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72805C96" w14:textId="66F18146" w:rsidR="00BB40F1" w:rsidRPr="00311656" w:rsidRDefault="00BB40F1" w:rsidP="004E7C50">
+    <w:p w14:paraId="74853A87" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3541EA2B" w14:textId="1FA5A163" w:rsidR="00BB40F1" w:rsidRPr="00311656" w:rsidRDefault="00BB40F1" w:rsidP="004E7C50">
+    <w:p w14:paraId="36234AC6" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B889BA9" w14:textId="39240950" w:rsidR="005F43C3" w:rsidRPr="005F43C3" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+    <w:p w14:paraId="02F85FFB" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="005F43C3" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1868C26C" w14:textId="7A1973B2" w:rsidR="00EA6806" w:rsidRDefault="00EA6806" w:rsidP="005F43C3">
+    <w:p w14:paraId="0D86CFB1" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What qualifies you for this role</w:t>
       </w:r>
-      <w:r w:rsidR="00A25D49">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A9E9D2B" w14:textId="4ECE430B" w:rsidR="005F43C3" w:rsidRPr="004F1CEA" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+    <w:p w14:paraId="07DA72ED" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05F75B11" w14:textId="0452B399" w:rsidR="00EA6806" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+    <w:p w14:paraId="6277AC5C" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Required</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2412BA39" w14:textId="5622DAD5" w:rsidR="00BB40F1" w:rsidRPr="00BB40F1" w:rsidRDefault="00BB40F1" w:rsidP="005F43C3">
+    <w:p w14:paraId="241C4374" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00BB40F1" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="E74C3C"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7D6D46A1" w14:textId="73404A3C" w:rsidR="00EA6806" w:rsidRPr="004F1CEA" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+    <w:p w14:paraId="6B54808C" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">A firm commitment to the mission of BYU </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="643B9C2D" w14:textId="50751431" w:rsidR="00EA6806" w:rsidRPr="00311656" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+        <w:t>A firm commitment to the mission of BYU</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F1CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D458AC" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minimum educational requirement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE356C4" w14:textId="51FC91DA" w:rsidR="00B676A1" w:rsidRPr="00311656" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+    <w:p w14:paraId="245A81D9" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Minimum experience requirement</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7AA31B71" w14:textId="59EEE6CB" w:rsidR="623F2113" w:rsidRPr="00311656" w:rsidRDefault="004E7C50" w:rsidP="005F43C3">
+    <w:p w14:paraId="3F34209F" w14:textId="6A560C96" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="20"/>
+          <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311656">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Any required licenses, certifications, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="553C51F1" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="005F43C3" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="3498DB"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0620751A" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F1CEA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Preferred</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2639252A" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00BB40F1" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="360"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="79537101" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311656">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Preferred education</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11232EC6" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311656">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Preferred experience</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC61BB4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00311656" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00311656">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Continue list with skills, abilities, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="145244AC" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00B050"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DD455D8" w14:textId="1812F4A5" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00311656">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="00B050"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1DB4AE2E" wp14:editId="0F7725D4">
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FDAF88F" wp14:editId="7C699DCA">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>104775</wp:posOffset>
+                  <wp:align>center</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>262890</wp:posOffset>
+                  <wp:posOffset>127635</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6012180" cy="704850"/>
                 <wp:effectExtent l="0" t="0" r="26670" b="19050"/>
                 <wp:wrapTopAndBottom/>
-                <wp:docPr id="1369002068" name="Text Box 2"/>
+                <wp:docPr id="1125126821" name="Text Box 2">
+                  <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                      <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A700A2A1-5F02-49A3-83D3-153BD33EE75E}"/>
+                    </a:ext>
+                  </a:extLst>
+                </wp:docPr>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="6012180" cy="704850"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="692CA47F" w14:textId="4924F4B6" w:rsidR="008C0145" w:rsidRDefault="004900CB" w:rsidP="004E7C50">
+                          <w:p w14:paraId="76ABEA4F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:pStyle w:val="pf0"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:bookmarkStart w:id="2" w:name="_Hlk139552121"/>
+                            <w:bookmarkStart w:id="1" w:name="_Hlk139552121"/>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>PLEASE NOTE:</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
-                            <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                            <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
-                              <w:t xml:space="preserve">If someone </w:t>
-[...19 lines deleted...]
-                              <w:t xml:space="preserve"> meet the requirements </w:t>
+                              <w:t xml:space="preserve">If someone does not meet the requirements </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">exactly </w:t>
                             </w:r>
-                            <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                            <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">as written here, we </w:t>
                             </w:r>
-                            <w:r w:rsidR="00CF75FF">
+                            <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>cannot</w:t>
                             </w:r>
-                            <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                            <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> screen them through</w:t>
                             </w:r>
-                            <w:r w:rsidR="004E7C50">
+                            <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">, </w:t>
                             </w:r>
-                            <w:r w:rsidR="008C0145" w:rsidRPr="00311656">
+                            <w:r w:rsidRPr="00311656">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">even if </w:t>
                             </w:r>
-                            <w:r w:rsidR="00CF75FF">
+                            <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>you know them personally, or they</w:t>
                             </w:r>
-                            <w:r w:rsidR="004E7C50" w:rsidRPr="00311656">
+                            <w:r w:rsidRPr="00311656">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> possess other relevant skills</w:t>
                             </w:r>
-                            <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                            <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve">. </w:t>
                             </w:r>
-                            <w:r w:rsidR="00CF75FF">
+                            <w:r>
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t>Consult with your HR consultant</w:t>
                             </w:r>
-                            <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                            <w:r w:rsidRPr="0092795D">
                               <w:rPr>
                                 <w:rStyle w:val="cf01"/>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> when deciding how narrow/broad to make the education and experience requirements. </w:t>
                             </w:r>
                           </w:p>
-                          <w:bookmarkEnd w:id="2"/>
-                          <w:p w14:paraId="42C93EF3" w14:textId="77777777" w:rsidR="004E7C50" w:rsidRPr="0092795D" w:rsidRDefault="004E7C50" w:rsidP="004E7C50">
+                          <w:bookmarkEnd w:id="1"/>
+                          <w:p w14:paraId="3C48DAA0" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="0092795D" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:pStyle w:val="pf0"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
-                          <w:p w14:paraId="09E4BFE5" w14:textId="3C534B10" w:rsidR="008C0145" w:rsidRPr="0092795D" w:rsidRDefault="008C0145" w:rsidP="004E7C50">
+                          <w:p w14:paraId="51F804C4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="0092795D" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                             <w:pPr>
                               <w:pStyle w:val="pf0"/>
                               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                               <w:rPr>
                                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="1DB4AE2E" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:8.25pt;margin-top:20.7pt;width:473.4pt;height:55.5pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCtM+2vFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L7aDpE2NOEWXLsOA&#10;7gfo9gC0LMfCZFGTlNjZ049S0jTotsswHQRSpD6SH8nl7dhrtpfOKzQVLyY5Z9IIbJTZVvzb182b&#10;BWc+gGlAo5EVP0jPb1evXy0HW8opdqgb6RiBGF8OtuJdCLbMMi862YOfoJWGjC26HgKpbps1DgZC&#10;73U2zfOrbEDXWIdCek+v90cjXyX8tpUifG5bLwPTFafcQrpduut4Z6sllFsHtlPilAb8QxY9KENB&#10;z1D3EIDtnPoNqlfCocc2TAT2GbatEjLVQNUU+YtqHjuwMtVC5Hh7psn/P1jxaf9ovzgWxrc4UgNT&#10;Ed4+oPjumcF1B2Yr75zDoZPQUOAiUpYN1penr5FqX/oIUg8fsaEmwy5gAhpb10dWqE5G6NSAw5l0&#10;OQYm6PEqL6bFgkyCbNf5bDFPXcmgfPptnQ/vJfYsChV31NSEDvsHH2I2UD65xGAetWo2SuukuG29&#10;1o7tgQZgk04q4IWbNmyo+M18Oj8S8FeIPJ0/QfQq0CRr1Vd8cXaCMtL2zjRpzgIofZQpZW1OPEbq&#10;jiSGsR6Zaio+iwEirTU2ByLW4XFwadFI6ND95Gygoa24/7EDJznTHww156aYzeKUJ2U2v56S4i4t&#10;9aUFjCCoigfOjuI6pM2IvBm8oya2KvH7nMkpZRrGRPtpceK0X+rJ63m9V78AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQCikVOB3wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHXa&#10;pKENcSqEBKI3KAiubrxNIuJ1sN00/D3LCY6jN5p9W24m24sRfegcKZjPEhBItTMdNQreXh+uVyBC&#10;1GR07wgVfGOATXV+VurCuBO94LiLjeARCoVW0MY4FFKGukWrw8wNSMwOzlsdOfpGGq9PPG57uUiS&#10;XFrdEV9o9YD3Ldafu6NVsMqexo+wTZ/f6/zQr+PVzfj45ZW6vJjubkFEnOJfGX71WR0qdtq7I5kg&#10;es75kpsKsnkGgvk6T1MQewbLRQayKuX/D6ofAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AK0z7a8UAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhAKKRU4HfAAAACQEAAA8AAAAAAAAAAAAAAAAAbgQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;">
+              <v:shape w14:anchorId="2FDAF88F" id="_x0000_s1029" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:10.05pt;width:473.4pt;height:55.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQPncBFAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU81u2zAMvg/YOwi6L3aypE2NOEWXLsOA&#10;7gfo9gC0LMfCZFGTlNjd05eS0zTotsswHQRSpD6SH8nV9dBpdpDOKzQln05yzqQRWCuzK/n3b9s3&#10;S858AFODRiNL/iA9v16/frXqbSFn2KKupWMEYnzR25K3Idgiy7xoZQd+glYaMjboOgikul1WO+gJ&#10;vdPZLM8vsh5dbR0K6T293o5Gvk74TSNF+NI0XgamS065hXS7dFfxztYrKHYObKvEMQ34hyw6UIaC&#10;nqBuIQDbO/UbVKeEQ49NmAjsMmwaJWSqgaqZ5i+quW/BylQLkePtiSb//2DF58O9/epYGN7hQA1M&#10;RXh7h+KHZwY3LZidvHEO+1ZCTYGnkbKst744fo1U+8JHkKr/hDU1GfYBE9DQuC6yQnUyQqcGPJxI&#10;l0Nggh4v8ulsuiSTINtlPl8uUlcyKJ5+W+fDB4kdi0LJHTU1ocPhzoeYDRRPLjGYR63qrdI6KW5X&#10;bbRjB6AB2KaTCnjhpg3rS361mC1GAv4KkafzJ4hOBZpkrbqSL09OUETa3ps6zVkApUeZUtbmyGOk&#10;biQxDNXAVF3ytzFApLXC+oGIdTgOLi0aCS26X5z1NLQl9z/34CRn+qOh5lxN5/M45UmZLy5npLhz&#10;S3VuASMIquSBs1HchLQZkTeDN9TERiV+nzM5pkzDmGg/Lk6c9nM9eT2v9/oRAAD//wMAUEsDBBQA&#10;BgAIAAAAIQBVT36M3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcEHXS&#10;VqENcSqEBIJbKQiubrxNIux1sN00/D3LCY6jGc28qTaTs2LEEHtPCvJZBgKp8aanVsHb68P1CkRM&#10;moy2nlDBN0bY1OdnlS6NP9ELjrvUCi6hWGoFXUpDKWVsOnQ6zvyAxN7BB6cTy9BKE/SJy52V8ywr&#10;pNM98UKnB7zvsPncHZ2C1fJp/IjPi+17UxzsOl3djI9fQanLi+nuFkTCKf2F4Ref0aFmpr0/konC&#10;KuAjScE8y0Gwu14WfGTPsUWeg6wr+Z+//gEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQ&#10;PncBFAIAACYEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBVT36M3QAAAAcBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="692CA47F" w14:textId="4924F4B6" w:rsidR="008C0145" w:rsidRDefault="004900CB" w:rsidP="004E7C50">
+                    <w:p w14:paraId="76ABEA4F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:pStyle w:val="pf0"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:bookmarkStart w:id="3" w:name="_Hlk139552121"/>
+                      <w:bookmarkStart w:id="2" w:name="_Hlk139552121"/>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>PLEASE NOTE:</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
-                      <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                      <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
-                        <w:t xml:space="preserve">If someone </w:t>
-[...19 lines deleted...]
-                        <w:t xml:space="preserve"> meet the requirements </w:t>
+                        <w:t xml:space="preserve">If someone does not meet the requirements </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">exactly </w:t>
                       </w:r>
-                      <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                      <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">as written here, we </w:t>
                       </w:r>
-                      <w:r w:rsidR="00CF75FF">
+                      <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>cannot</w:t>
                       </w:r>
-                      <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                      <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> screen them through</w:t>
                       </w:r>
-                      <w:r w:rsidR="004E7C50">
+                      <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">, </w:t>
                       </w:r>
-                      <w:r w:rsidR="008C0145" w:rsidRPr="00311656">
+                      <w:r w:rsidRPr="00311656">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">even if </w:t>
                       </w:r>
-                      <w:r w:rsidR="00CF75FF">
+                      <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>you know them personally, or they</w:t>
                       </w:r>
-                      <w:r w:rsidR="004E7C50" w:rsidRPr="00311656">
+                      <w:r w:rsidRPr="00311656">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> possess other relevant skills</w:t>
                       </w:r>
-                      <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                      <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve">. </w:t>
                       </w:r>
-                      <w:r w:rsidR="00CF75FF">
+                      <w:r>
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t>Consult with your HR consultant</w:t>
                       </w:r>
-                      <w:r w:rsidR="008C0145" w:rsidRPr="0092795D">
+                      <w:r w:rsidRPr="0092795D">
                         <w:rPr>
                           <w:rStyle w:val="cf01"/>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> when deciding how narrow/broad to make the education and experience requirements. </w:t>
                       </w:r>
                     </w:p>
-                    <w:bookmarkEnd w:id="3"/>
-                    <w:p w14:paraId="42C93EF3" w14:textId="77777777" w:rsidR="004E7C50" w:rsidRPr="0092795D" w:rsidRDefault="004E7C50" w:rsidP="004E7C50">
+                    <w:bookmarkEnd w:id="2"/>
+                    <w:p w14:paraId="3C48DAA0" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="0092795D" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:pStyle w:val="pf0"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
-                    <w:p w14:paraId="09E4BFE5" w14:textId="3C534B10" w:rsidR="008C0145" w:rsidRPr="0092795D" w:rsidRDefault="008C0145" w:rsidP="004E7C50">
+                    <w:p w14:paraId="51F804C4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="0092795D" w:rsidRDefault="003638CC" w:rsidP="003638CC">
                       <w:pPr>
                         <w:pStyle w:val="pf0"/>
                         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
                         <w:rPr>
                           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap type="topAndBottom" anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="623F2113" w:rsidRPr="00311656">
-[...23 lines deleted...]
-        <w:ind w:firstLine="360"/>
+    </w:p>
+    <w:p w14:paraId="65EE1064" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78F7ACC2" w14:textId="0A487090" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>*Use this section ONLY if a physical exam is required*</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50AB85E9" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F3D2A2A" w14:textId="4D40A6C0" w:rsidR="003638CC" w:rsidRPr="00FA40BB" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004F1CEA">
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00FA40BB">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-        <w:ind w:firstLine="360"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physical Exam and Lift Test Required </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48876406" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="8"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="4121CD58" w14:textId="63BAC0D3" w:rsidR="00B676A1" w:rsidRPr="00311656" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D15210F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00514260" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Physical Effort</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (You can find this on the last page of the job description. Please select correct bullet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>point</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and delete the others.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EA1FEFB" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="48CF7000" w14:textId="37743137" w:rsidR="00B676A1" w:rsidRPr="00311656" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>General office or other equivalently good environment (No further detail necessary)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27BFEEC7" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="0B8B3762" w14:textId="52570D43" w:rsidR="005F43C3" w:rsidRPr="00311656" w:rsidRDefault="623F2113" w:rsidP="005F43C3">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rare presence of abnormal variations in temperature and exposure to outside conditions (No further detail necessary)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09380B0F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="23"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...26 lines deleted...]
-    <w:p w14:paraId="38BC41D8" w14:textId="7E5E87C3" w:rsidR="623F2113" w:rsidRPr="005F43C3" w:rsidRDefault="00FC306E" w:rsidP="005F43C3">
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Periodic exposure to unfavorable conditions because of unavoidable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>need</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be in variable temperatures or wet environments, etc. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="460CEBDB" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Frequent exposure to unfavorable conditions such as all-weather, or working in cramped, very dirty, or unpleasant quarters (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78C10D3E" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Predominant exposure to very disagreeable surroundings (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2125F7D0" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00514260" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Environment </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(You can find this on the last page of the job description. Please select correct bullet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>point</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and delete the others.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48A0BCCE" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>General office or other equivalently good environment (No further detail necessary)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5978074C" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rare presence of abnormal variations in temperature and exposure to outside conditions (No further detail necessary)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6CBCCDFE" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Periodic exposure to unfavorable conditions because of unavoidable </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>need</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be in variable temperatures or wet environments, etc. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22376BE2" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Frequent exposure to unfavorable conditions such as all-weather, or working in cramped, very dirty, or unpleasant quarters (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43327213" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Predominant exposure to very disagreeable surroundings (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014F2CDB" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00514260" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Hazards </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(You can find this on the last page of the job description. Please select correct bullet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>point</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and delete the others.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55787AE4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Minimal existing or potential hazards (No further detail necessary)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A0F528D" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Moderate existing or potential hazards (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08DEA260" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="009B28F8" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Frequent existing or potential hazards (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Elaborate below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009B28F8">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6007E45C" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29D09310" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Physical Requirements </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="0070C0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(You can find this information on the last page of the job description at the very bottom. Please take the information from the matrix and bullet point them below.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="410F3D60" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="005F43C3" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3498DB"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005F43C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="3498DB"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">          </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2936DEC0" w14:textId="77777777" w:rsidR="00704632" w:rsidRDefault="00C34D4F" w:rsidP="005F43C3">
+    <w:p w14:paraId="00B2548F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>What we offer in return:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EE2E5B" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="004F1CEA" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
-[...9 lines deleted...]
-    <w:p w14:paraId="390C3914" w14:textId="2F024B80" w:rsidR="00704632" w:rsidRDefault="005D7F0A" w:rsidP="005F43C3">
+    <w:p w14:paraId="5462ACC4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="688ACB98" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>In addition to our competitive pay structure, t</w:t>
-[...11 lines deleted...]
-        <w:r w:rsidR="00635F59" w:rsidRPr="00291D0D">
+        <w:t xml:space="preserve">In addition to our competitive pay structure, this position comes with fantastic </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00291D0D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>benefits</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00704632" w:rsidRPr="004F1CEA">
+      <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, including:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6407659B" w14:textId="77777777" w:rsidR="005F43C3" w:rsidRPr="00BB40F1" w:rsidRDefault="005F43C3" w:rsidP="005F43C3">
+    <w:p w14:paraId="2FB17D35" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00BB40F1" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="24F67920" w14:textId="6EA21103" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+    <w:p w14:paraId="471D1ED0" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>401k. BYU automatically contributes 8% at no cost to you. Additionally, if you contribute 5%, BYU adds an additional 4</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00F81E76" w:rsidRPr="004F1CEA">
+        <w:t>401k. BYU automatically contributes 8% at no cost to you. Additionally, if you contribute 5%, BYU adds an additional 4%</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>%</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="003A5FF7" w:rsidRPr="004F1CEA">
+      <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rehires may qualify for different retirement plans</w:t>
       </w:r>
-      <w:r w:rsidR="003A5FF7">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0734694E" w14:textId="450EBB8F" w:rsidR="000140A4" w:rsidRPr="004F1CEA" w:rsidRDefault="000140A4" w:rsidP="000140A4">
+    <w:p w14:paraId="4333F31F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Excellent work-life balance: 13 paid holidays + 22 days paid vacation + 12 sick days</w:t>
       </w:r>
-      <w:r w:rsidR="00741278">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> accrued annually</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52753DB0" w14:textId="0C8CC88A" w:rsidR="0088426A" w:rsidRPr="004F1CEA" w:rsidRDefault="0088426A" w:rsidP="005F43C3">
+    <w:p w14:paraId="3B02B2C5" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Employee assistance program, available to </w:t>
       </w:r>
-      <w:r w:rsidR="00DC5DC6">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the employee</w:t>
       </w:r>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and all members of their household</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="76CC615A" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+    <w:p w14:paraId="7191067B" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Tuition benefits </w:t>
-[...11 lines deleted...]
-    <w:p w14:paraId="19BFA06D" w14:textId="77777777" w:rsidR="0088426A" w:rsidRPr="004F1CEA" w:rsidRDefault="0088426A" w:rsidP="005F43C3">
+        <w:t>Tuition benefits for employees and eligible family members</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63B2917F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Access to athletic facilities</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="677A2A45" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+    <w:p w14:paraId="548495DE" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Excellent medical/dental benefits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="54B48D81" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+    <w:p w14:paraId="7D765297" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F1CEA">
-[...9 lines deleted...]
-    <w:p w14:paraId="2DA5720B" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+      <w:r w:rsidRPr="22522556">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Short/long-term disability benefits</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F4B6F1B" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Paid parental and maternity leave</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F14E437" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+    <w:p w14:paraId="4BF22936" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F1CEA">
-[...9 lines deleted...]
-    <w:p w14:paraId="1F83F21E" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+      <w:r w:rsidRPr="22522556">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Wellness Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2423E49F" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Free on-campus parking</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23EC1E19" w14:textId="77777777" w:rsidR="00704632" w:rsidRPr="004F1CEA" w:rsidRDefault="00704632" w:rsidP="005F43C3">
+    <w:p w14:paraId="10065FBD" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="004F1CEA" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004F1CEA">
-[...18 lines deleted...]
-    <w:p w14:paraId="2556D5B2" w14:textId="19388A32" w:rsidR="002779FC" w:rsidRPr="005F43C3" w:rsidRDefault="1CB3362E" w:rsidP="005F43C3">
+      <w:r w:rsidRPr="22522556">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Free UTA passes for employees, spouses, and qualified dependents</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F937D12" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00015BB3" w:rsidRDefault="003638CC" w:rsidP="003638CC">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="7"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1200"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004F1CEA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Discounts at the BYU Store and for many events at BYU</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5220E2EC" w14:textId="67C8765A" w:rsidR="002779FC" w:rsidRPr="002779FC" w:rsidRDefault="002779FC" w:rsidP="005F43C3">
-[...9 lines deleted...]
-    <w:sectPr w:rsidR="002779FC" w:rsidRPr="002779FC">
+    <w:p w14:paraId="38320A35" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72BE77F4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="00015BB3" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pay Grade:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="100CD0A4" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="56ACE6F0" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Typical Starting Pay:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42246A57" w14:textId="77777777" w:rsidR="003638CC" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A106DB1" w14:textId="77777777" w:rsidR="003638CC" w:rsidRPr="008D6071" w:rsidRDefault="003638CC" w:rsidP="003638CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="72"/>
+          <w:szCs w:val="72"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008339E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If the job has a post-end date, the last day to apply is the day </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>before by</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11:59 pm MST</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008339E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. If </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>the job</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008339E9">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> doesn’t have a post-end date, the job could close at any time on any day</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="C00000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>**</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="275B24A9" w14:textId="77777777" w:rsidR="00D06ECF" w:rsidRDefault="00D06ECF"/>
+    <w:sectPr w:rsidR="00D06ECF" w:rsidSect="003638CC">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0CA30DFE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="E7786688"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -3178,53 +3709,53 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E563552"/>
+    <w:nsid w:val="1CEB20E8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="981CEB4E"/>
+    <w:tmpl w:val="330CB750"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -3291,723 +3822,50 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0E9354D2"/>
-[...671 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4405412B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86DAE0CC"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4076,54 +3934,54 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="445B1016"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="465F7EEC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9EE411DE"/>
+    <w:tmpl w:val="E9B8BDB4"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
@@ -4189,1777 +4047,390 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="47A13249"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46CF2AD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="B5D05D14"/>
+    <w:tmpl w:val="B868EF2E"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4680" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5400" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6120" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6840" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47111366"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A2BEF6B8"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="1" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-[...3 lines deleted...]
-    <w:lvl w:ilvl="2" w:tentative="1">
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78163DD4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="5F06F296"/>
+    <w:lvl w:ilvl="0" w:tplc="04090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="4" w:tentative="1">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
-[...63 lines deleted...]
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-[...1463 lines deleted...]
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B055490"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D3AC1AD8"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -6028,572 +4499,143 @@
     <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-[...298 lines deleted...]
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="1" w16cid:durableId="1416904379">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1840802708">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="2" w16cid:durableId="1895652437">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1723629309">
+  <w:num w:numId="3" w16cid:durableId="1912540392">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1993874770">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1986809973">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="5" w16cid:durableId="493885003">
+    <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1834829172">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="6" w16cid:durableId="817040706">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="621423147">
-[...14 lines deleted...]
-  <w:num w:numId="11" w16cid:durableId="251161921">
+  <w:num w:numId="7" w16cid:durableId="834536749">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="419640945">
-[...38 lines deleted...]
-  <w:num w:numId="25" w16cid:durableId="790825897">
+  <w:num w:numId="8" w16cid:durableId="86925248">
     <w:abstractNumId w:val="1"/>
-  </w:num>
-[...1 lines deleted...]
-    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00704632"/>
-[...82 lines deleted...]
-    <w:rsid w:val="623F2113"/>
+    <w:rsidRoot w:val="003638CC"/>
+    <w:rsid w:val="00217298"/>
+    <w:rsid w:val="002C51D3"/>
+    <w:rsid w:val="003638CC"/>
+    <w:rsid w:val="00D06ECF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6F8A7EFC"/>
+  <w14:docId w14:val="7F881038"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{49435169-24DC-4826-BFDE-4E85C5230093}"/>
+  <w15:docId w15:val="{EE66E303-EF3C-4502-8E84-1CACDC90D29C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:sz w:val="22"/>
-        <w:szCs w:val="22"/>
+        <w:kern w:val="2"/>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="278" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -6934,409 +4976,681 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:spacing w:line="259" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="360" w:after="80"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="160" w:after="80"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="80" w:after="40"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading7Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading8Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading9">
+    <w:name w:val="heading 9"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading9Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:after="0"/>
+      <w:outlineLvl w:val="8"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalWeb">
-    <w:name w:val="Normal (Web)"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="40"/>
+      <w:szCs w:val="40"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="99"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00704632"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
     <w:pPr>
-      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:spacing w:val="-10"/>
+      <w:kern w:val="28"/>
+      <w:sz w:val="56"/>
+      <w:szCs w:val="56"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:spacing w:val="15"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Quote">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="QuoteChar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:spacing w:before="160"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
+    <w:name w:val="Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Quote"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="IntenseQuote">
+    <w:name w:val="Intense Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="IntenseQuoteChar"/>
+    <w:uiPriority w:val="30"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      </w:pBdr>
+      <w:spacing w:before="360" w:after="360"/>
+      <w:ind w:left="864" w:right="864"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
+    <w:name w:val="Intense Quote Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="IntenseQuote"/>
+    <w:uiPriority w:val="30"/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseReference">
+    <w:name w:val="Intense Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="32"/>
+    <w:qFormat/>
+    <w:rsid w:val="003638CC"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
+      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00704632"/>
+    <w:rsid w:val="003638CC"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Strong">
-[...145 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="pf0">
     <w:name w:val="pf0"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00E25452"/>
+    <w:rsid w:val="003638CC"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf01">
     <w:name w:val="cf01"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00E25452"/>
+    <w:rsid w:val="003638CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="cf21">
     <w:name w:val="cf21"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00E25452"/>
+    <w:rsid w:val="003638CC"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI" w:hint="default"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...8 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...53 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrs.byu.edu/employee-benefits" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aims.byu.edu/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hrs.byu.edu/employee-benefits" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -7344,51 +5658,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Aptos" panose="02110004020202020204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
@@ -7538,96 +5852,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1780</Characters>
+  <Pages>3</Pages>
+  <Words>527</Words>
+  <Characters>3008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>97</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>Brigham Young University</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2088</CharactersWithSpaces>
+  <CharactersWithSpaces>3471</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Chris Gallagher</dc:creator>
+  <dc:creator>Jennifer Tate</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>